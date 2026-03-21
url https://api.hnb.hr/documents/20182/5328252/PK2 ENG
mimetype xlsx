--- v1 (2025-12-13)
+++ v2 (2026-03-21)
@@ -15,53 +15,53 @@
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9302"/>
   <workbookPr date1904="true" defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="120" yWindow="45" windowWidth="19155" windowHeight="4935"/>
   </bookViews>
   <sheets>
     <sheet name="PK2 ENG" sheetId="1" r:id="rId10"/>
   </sheets>
   <calcPr calcId="144525"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="444" uniqueCount="36">
-[...1 lines deleted...]
-    <t>Zagreb, 19.11.2025</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="444" uniqueCount="37">
+  <si>
+    <t>Zagreb, 27.02.2026</t>
   </si>
   <si>
     <t>CROATIAN NATIONAL BANK</t>
   </si>
   <si>
     <t>Payment Operations Area</t>
   </si>
   <si>
     <t>Payment Operations Supervision Department </t>
   </si>
   <si>
     <t>  </t>
   </si>
   <si>
     <t>NUMBER OF PAYMENT CARDS ISSUED IN THE REPUBLIC OF CROATIA AND THE NUMBER OF USERS - year 2025
 </t>
   </si>
   <si>
     <t>January</t>
   </si>
   <si>
     <t>February</t>
   </si>
   <si>
     <t>March</t>
@@ -82,50 +82,53 @@
     <t>August</t>
   </si>
   <si>
     <t>September</t>
   </si>
   <si>
     <t>October</t>
   </si>
   <si>
     <t>November</t>
   </si>
   <si>
     <t>December</t>
   </si>
   <si>
     <t>Consumer</t>
   </si>
   <si>
     <t>Non-consumer</t>
   </si>
   <si>
     <t> NUMBER OF USERS</t>
   </si>
   <si>
     <t> </t>
+  </si>
+  <si>
+    <t>*</t>
   </si>
   <si>
     <t> NUMBER OF PAYMENT CARDS (NOT INCLUDING BLOCKED PAYMENT CARDS):</t>
   </si>
   <si>
     <t> Debit</t>
   </si>
   <si>
     <t> Debit/delayed</t>
   </si>
   <si>
     <t> Debit/cash</t>
   </si>
   <si>
     <t> Debit/savings</t>
   </si>
   <si>
     <t> Delayed</t>
   </si>
   <si>
     <t> Revolving</t>
   </si>
   <si>
     <t> Revolving/charge</t>
   </si>
@@ -875,81 +878,81 @@
       <c r="AD10" s="9">
         <v>5596692</v>
       </c>
       <c r="AE10" t="s" s="8">
         <v>21</v>
       </c>
       <c r="AF10" s="9">
         <v>380554</v>
       </c>
       <c r="AG10" t="s" s="8">
         <v>21</v>
       </c>
       <c r="AH10" s="9">
         <v>5604228</v>
       </c>
       <c r="AI10" t="s" s="8">
         <v>21</v>
       </c>
       <c r="AJ10" s="9">
         <v>381605</v>
       </c>
       <c r="AK10" t="s" s="8">
         <v>21</v>
       </c>
       <c r="AL10" s="9">
-        <v/>
+        <v>5602586</v>
       </c>
       <c r="AM10" t="s" s="8">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="AN10" s="9">
-        <v/>
+        <v>382892</v>
       </c>
       <c r="AO10" t="s" s="8">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="AP10" s="9">
-        <v/>
+        <v>5588598</v>
       </c>
       <c r="AQ10" t="s" s="8">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="AR10" s="9">
-        <v/>
+        <v>382922</v>
       </c>
       <c r="AS10" t="s" s="8">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="AT10" s="9">
-        <v/>
+        <v>5576055</v>
       </c>
       <c r="AU10" t="s" s="8">
         <v>21</v>
       </c>
       <c r="AV10" s="9">
-        <v/>
+        <v>383437</v>
       </c>
       <c r="AW10" t="s" s="8">
         <v>21</v>
       </c>
     </row>
     <row r="11" spans="1:49">
       <c r="A11" t="s" s="8">
         <v>21</v>
       </c>
       <c r="B11" s="9">
         <v/>
       </c>
       <c r="C11" t="s" s="8">
         <v>21</v>
       </c>
       <c r="D11" s="9">
         <v/>
       </c>
       <c r="E11" t="s" s="8">
         <v>21</v>
       </c>
       <c r="F11" s="9">
         <v/>
       </c>
       <c r="G11" t="s" s="8">
@@ -1062,51 +1065,51 @@
       </c>
       <c r="AQ11" t="s" s="8">
         <v>21</v>
       </c>
       <c r="AR11" s="9">
         <v/>
       </c>
       <c r="AS11" t="s" s="8">
         <v>21</v>
       </c>
       <c r="AT11" s="9">
         <v/>
       </c>
       <c r="AU11" t="s" s="8">
         <v>21</v>
       </c>
       <c r="AV11" s="9">
         <v/>
       </c>
       <c r="AW11" t="s" s="8">
         <v>21</v>
       </c>
     </row>
     <row r="12" spans="1:49">
       <c r="A12" t="s" s="10">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="B12" s="9">
         <v/>
       </c>
       <c r="C12" t="s" s="8">
         <v>21</v>
       </c>
       <c r="D12" s="9">
         <v/>
       </c>
       <c r="E12" t="s" s="8">
         <v>21</v>
       </c>
       <c r="F12" s="9">
         <v/>
       </c>
       <c r="G12" t="s" s="8">
         <v>21</v>
       </c>
       <c r="H12" s="9">
         <v/>
       </c>
       <c r="I12" t="s" s="8">
         <v>21</v>
       </c>
@@ -1211,51 +1214,51 @@
       </c>
       <c r="AQ12" t="s" s="8">
         <v>21</v>
       </c>
       <c r="AR12" s="9">
         <v/>
       </c>
       <c r="AS12" t="s" s="8">
         <v>21</v>
       </c>
       <c r="AT12" s="9">
         <v/>
       </c>
       <c r="AU12" t="s" s="8">
         <v>21</v>
       </c>
       <c r="AV12" s="9">
         <v/>
       </c>
       <c r="AW12" t="s" s="8">
         <v>21</v>
       </c>
     </row>
     <row r="13" spans="1:49">
       <c r="A13" t="s" s="8">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="B13" s="9">
         <v>6159610</v>
       </c>
       <c r="C13" t="s" s="8">
         <v>21</v>
       </c>
       <c r="D13" s="9">
         <v>446324</v>
       </c>
       <c r="E13" t="s" s="8">
         <v>21</v>
       </c>
       <c r="F13" s="9">
         <v>6356058</v>
       </c>
       <c r="G13" t="s" s="8">
         <v>21</v>
       </c>
       <c r="H13" s="9">
         <v>469129</v>
       </c>
       <c r="I13" t="s" s="8">
         <v>21</v>
       </c>
@@ -1322,89 +1325,89 @@
       <c r="AD13" s="9">
         <v>6221581</v>
       </c>
       <c r="AE13" t="s" s="8">
         <v>21</v>
       </c>
       <c r="AF13" s="9">
         <v>472965</v>
       </c>
       <c r="AG13" t="s" s="8">
         <v>21</v>
       </c>
       <c r="AH13" s="9">
         <v>6201735</v>
       </c>
       <c r="AI13" t="s" s="8">
         <v>21</v>
       </c>
       <c r="AJ13" s="9">
         <v>472868</v>
       </c>
       <c r="AK13" t="s" s="8">
         <v>21</v>
       </c>
       <c r="AL13" s="9">
-        <v/>
+        <v>6173586</v>
       </c>
       <c r="AM13" t="s" s="8">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="AN13" s="9">
-        <v/>
+        <v>470996</v>
       </c>
       <c r="AO13" t="s" s="8">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="AP13" s="9">
-        <v/>
+        <v>5910094</v>
       </c>
       <c r="AQ13" t="s" s="8">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="AR13" s="9">
-        <v/>
+        <v>431877</v>
       </c>
       <c r="AS13" t="s" s="8">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="AT13" s="9">
-        <v/>
+        <v>5892125</v>
       </c>
       <c r="AU13" t="s" s="8">
         <v>21</v>
       </c>
       <c r="AV13" s="9">
-        <v/>
+        <v>427426</v>
       </c>
       <c r="AW13" t="s" s="8">
         <v>21</v>
       </c>
     </row>
     <row r="14" spans="1:49">
       <c r="A14" t="s" s="8">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B14" s="9">
         <v>35373</v>
       </c>
       <c r="C14" t="s" s="8">
         <v>21</v>
       </c>
       <c r="D14" s="9">
         <v/>
       </c>
       <c r="E14" t="s" s="8">
         <v>21</v>
       </c>
       <c r="F14" s="9">
         <v>35381</v>
       </c>
       <c r="G14" t="s" s="8">
         <v>21</v>
       </c>
       <c r="H14" s="9">
         <v/>
       </c>
       <c r="I14" t="s" s="8">
         <v>21</v>
       </c>
@@ -1471,89 +1474,89 @@
       <c r="AD14" s="9">
         <v>35352</v>
       </c>
       <c r="AE14" t="s" s="8">
         <v>21</v>
       </c>
       <c r="AF14" s="9">
         <v/>
       </c>
       <c r="AG14" t="s" s="8">
         <v>21</v>
       </c>
       <c r="AH14" s="9">
         <v>35308</v>
       </c>
       <c r="AI14" t="s" s="8">
         <v>21</v>
       </c>
       <c r="AJ14" s="9">
         <v/>
       </c>
       <c r="AK14" t="s" s="8">
         <v>21</v>
       </c>
       <c r="AL14" s="9">
-        <v/>
+        <v>35268</v>
       </c>
       <c r="AM14" t="s" s="8">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="AN14" s="9">
         <v/>
       </c>
       <c r="AO14" t="s" s="8">
         <v>21</v>
       </c>
       <c r="AP14" s="9">
-        <v/>
+        <v>35231</v>
       </c>
       <c r="AQ14" t="s" s="8">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="AR14" s="9">
         <v/>
       </c>
       <c r="AS14" t="s" s="8">
         <v>21</v>
       </c>
       <c r="AT14" s="9">
-        <v/>
+        <v>34662</v>
       </c>
       <c r="AU14" t="s" s="8">
         <v>21</v>
       </c>
       <c r="AV14" s="9">
         <v/>
       </c>
       <c r="AW14" t="s" s="8">
         <v>21</v>
       </c>
     </row>
     <row r="15" spans="1:49">
       <c r="A15" t="s" s="8">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B15" s="9">
         <v>5414</v>
       </c>
       <c r="C15" t="s" s="8">
         <v>21</v>
       </c>
       <c r="D15" s="9">
         <v/>
       </c>
       <c r="E15" t="s" s="8">
         <v>21</v>
       </c>
       <c r="F15" s="9">
         <v>5326</v>
       </c>
       <c r="G15" t="s" s="8">
         <v>21</v>
       </c>
       <c r="H15" s="9">
         <v/>
       </c>
       <c r="I15" t="s" s="8">
         <v>21</v>
       </c>
@@ -1620,89 +1623,89 @@
       <c r="AD15" s="9">
         <v>4759</v>
       </c>
       <c r="AE15" t="s" s="8">
         <v>21</v>
       </c>
       <c r="AF15" s="9">
         <v/>
       </c>
       <c r="AG15" t="s" s="8">
         <v>21</v>
       </c>
       <c r="AH15" s="9">
         <v>4633</v>
       </c>
       <c r="AI15" t="s" s="8">
         <v>21</v>
       </c>
       <c r="AJ15" s="9">
         <v/>
       </c>
       <c r="AK15" t="s" s="8">
         <v>21</v>
       </c>
       <c r="AL15" s="9">
-        <v/>
+        <v>4505</v>
       </c>
       <c r="AM15" t="s" s="8">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="AN15" s="9">
         <v/>
       </c>
       <c r="AO15" t="s" s="8">
         <v>21</v>
       </c>
       <c r="AP15" s="9">
-        <v/>
+        <v>4358</v>
       </c>
       <c r="AQ15" t="s" s="8">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="AR15" s="9">
         <v/>
       </c>
       <c r="AS15" t="s" s="8">
         <v>21</v>
       </c>
       <c r="AT15" s="9">
-        <v/>
+        <v>4247</v>
       </c>
       <c r="AU15" t="s" s="8">
         <v>21</v>
       </c>
       <c r="AV15" s="9">
         <v/>
       </c>
       <c r="AW15" t="s" s="8">
         <v>21</v>
       </c>
     </row>
     <row r="16" spans="1:49">
       <c r="A16" t="s" s="8">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="B16" s="9">
         <v/>
       </c>
       <c r="C16" t="s" s="8">
         <v>21</v>
       </c>
       <c r="D16" s="9">
         <v/>
       </c>
       <c r="E16" t="s" s="8">
         <v>21</v>
       </c>
       <c r="F16" s="9">
         <v/>
       </c>
       <c r="G16" t="s" s="8">
         <v>21</v>
       </c>
       <c r="H16" s="9">
         <v/>
       </c>
       <c r="I16" t="s" s="8">
         <v>21</v>
       </c>
@@ -1807,51 +1810,51 @@
       </c>
       <c r="AQ16" t="s" s="8">
         <v>21</v>
       </c>
       <c r="AR16" s="9">
         <v/>
       </c>
       <c r="AS16" t="s" s="8">
         <v>21</v>
       </c>
       <c r="AT16" s="9">
         <v/>
       </c>
       <c r="AU16" t="s" s="8">
         <v>21</v>
       </c>
       <c r="AV16" s="9">
         <v/>
       </c>
       <c r="AW16" t="s" s="8">
         <v>21</v>
       </c>
     </row>
     <row r="17" spans="1:49">
       <c r="A17" t="s" s="8">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="B17" s="9">
         <v>376229</v>
       </c>
       <c r="C17" t="s" s="8">
         <v>21</v>
       </c>
       <c r="D17" s="9">
         <v>28381</v>
       </c>
       <c r="E17" t="s" s="8">
         <v>21</v>
       </c>
       <c r="F17" s="9">
         <v>375851</v>
       </c>
       <c r="G17" t="s" s="8">
         <v>21</v>
       </c>
       <c r="H17" s="9">
         <v>28454</v>
       </c>
       <c r="I17" t="s" s="8">
         <v>21</v>
       </c>
@@ -1918,89 +1921,89 @@
       <c r="AD17" s="9">
         <v>376914</v>
       </c>
       <c r="AE17" t="s" s="8">
         <v>21</v>
       </c>
       <c r="AF17" s="9">
         <v>30749</v>
       </c>
       <c r="AG17" t="s" s="8">
         <v>21</v>
       </c>
       <c r="AH17" s="9">
         <v>377501</v>
       </c>
       <c r="AI17" t="s" s="8">
         <v>21</v>
       </c>
       <c r="AJ17" s="9">
         <v>30746</v>
       </c>
       <c r="AK17" t="s" s="8">
         <v>21</v>
       </c>
       <c r="AL17" s="9">
-        <v/>
+        <v>378506</v>
       </c>
       <c r="AM17" t="s" s="8">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="AN17" s="9">
-        <v/>
+        <v>31088</v>
       </c>
       <c r="AO17" t="s" s="8">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="AP17" s="9">
-        <v/>
+        <v>378625</v>
       </c>
       <c r="AQ17" t="s" s="8">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="AR17" s="9">
-        <v/>
+        <v>29721</v>
       </c>
       <c r="AS17" t="s" s="8">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="AT17" s="9">
-        <v/>
+        <v>378931</v>
       </c>
       <c r="AU17" t="s" s="8">
         <v>21</v>
       </c>
       <c r="AV17" s="9">
-        <v/>
+        <v>29699</v>
       </c>
       <c r="AW17" t="s" s="8">
         <v>21</v>
       </c>
     </row>
     <row r="18" spans="1:49">
       <c r="A18" t="s" s="8">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B18" s="9">
         <v>177120</v>
       </c>
       <c r="C18" t="s" s="8">
         <v>21</v>
       </c>
       <c r="D18" s="9">
         <v>1832</v>
       </c>
       <c r="E18" t="s" s="8">
         <v>21</v>
       </c>
       <c r="F18" s="9">
         <v>177759</v>
       </c>
       <c r="G18" t="s" s="8">
         <v>21</v>
       </c>
       <c r="H18" s="9">
         <v>1834</v>
       </c>
       <c r="I18" t="s" s="8">
         <v>21</v>
       </c>
@@ -2067,89 +2070,89 @@
       <c r="AD18" s="9">
         <v>178511</v>
       </c>
       <c r="AE18" t="s" s="8">
         <v>21</v>
       </c>
       <c r="AF18" s="9">
         <v>3626</v>
       </c>
       <c r="AG18" t="s" s="8">
         <v>21</v>
       </c>
       <c r="AH18" s="9">
         <v>178540</v>
       </c>
       <c r="AI18" t="s" s="8">
         <v>21</v>
       </c>
       <c r="AJ18" s="9">
         <v>3591</v>
       </c>
       <c r="AK18" t="s" s="8">
         <v>21</v>
       </c>
       <c r="AL18" s="9">
-        <v/>
+        <v>178071</v>
       </c>
       <c r="AM18" t="s" s="8">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="AN18" s="9">
-        <v/>
+        <v>1815</v>
       </c>
       <c r="AO18" t="s" s="8">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="AP18" s="9">
-        <v/>
+        <v>177782</v>
       </c>
       <c r="AQ18" t="s" s="8">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="AR18" s="9">
-        <v/>
+        <v>1797</v>
       </c>
       <c r="AS18" t="s" s="8">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="AT18" s="9">
-        <v/>
+        <v>177522</v>
       </c>
       <c r="AU18" t="s" s="8">
         <v>21</v>
       </c>
       <c r="AV18" s="9">
-        <v/>
+        <v>3562</v>
       </c>
       <c r="AW18" t="s" s="8">
         <v>21</v>
       </c>
     </row>
     <row r="19" spans="1:49">
       <c r="A19" t="s" s="8">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="B19" s="9">
         <v>177163</v>
       </c>
       <c r="C19" t="s" s="8">
         <v>21</v>
       </c>
       <c r="D19" s="9">
         <v>6624</v>
       </c>
       <c r="E19" t="s" s="8">
         <v>21</v>
       </c>
       <c r="F19" s="9">
         <v>177973</v>
       </c>
       <c r="G19" t="s" s="8">
         <v>21</v>
       </c>
       <c r="H19" s="9">
         <v>6672</v>
       </c>
       <c r="I19" t="s" s="8">
         <v>21</v>
       </c>
@@ -2216,89 +2219,89 @@
       <c r="AD19" s="9">
         <v>165239</v>
       </c>
       <c r="AE19" t="s" s="8">
         <v>21</v>
       </c>
       <c r="AF19" s="9">
         <v>6301</v>
       </c>
       <c r="AG19" t="s" s="8">
         <v>21</v>
       </c>
       <c r="AH19" s="9">
         <v>174675</v>
       </c>
       <c r="AI19" t="s" s="8">
         <v>21</v>
       </c>
       <c r="AJ19" s="9">
         <v>6313</v>
       </c>
       <c r="AK19" t="s" s="8">
         <v>21</v>
       </c>
       <c r="AL19" s="9">
-        <v/>
+        <v>175121</v>
       </c>
       <c r="AM19" t="s" s="8">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="AN19" s="9">
-        <v/>
+        <v>6347</v>
       </c>
       <c r="AO19" t="s" s="8">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="AP19" s="9">
-        <v/>
+        <v>174509</v>
       </c>
       <c r="AQ19" t="s" s="8">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="AR19" s="9">
-        <v/>
+        <v>6375</v>
       </c>
       <c r="AS19" t="s" s="8">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="AT19" s="9">
-        <v/>
+        <v>174100</v>
       </c>
       <c r="AU19" t="s" s="8">
         <v>21</v>
       </c>
       <c r="AV19" s="9">
-        <v/>
+        <v>6358</v>
       </c>
       <c r="AW19" t="s" s="8">
         <v>21</v>
       </c>
     </row>
     <row r="20" spans="1:49">
       <c r="A20" t="s" s="8">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="B20" s="9">
         <v>604086</v>
       </c>
       <c r="C20" t="s" s="8">
         <v>21</v>
       </c>
       <c r="D20" s="9">
         <v>47352</v>
       </c>
       <c r="E20" t="s" s="8">
         <v>21</v>
       </c>
       <c r="F20" s="9">
         <v>604327</v>
       </c>
       <c r="G20" t="s" s="8">
         <v>21</v>
       </c>
       <c r="H20" s="9">
         <v>47459</v>
       </c>
       <c r="I20" t="s" s="8">
         <v>21</v>
       </c>
@@ -2365,89 +2368,89 @@
       <c r="AD20" s="9">
         <v>612134</v>
       </c>
       <c r="AE20" t="s" s="8">
         <v>21</v>
       </c>
       <c r="AF20" s="9">
         <v>47719</v>
       </c>
       <c r="AG20" t="s" s="8">
         <v>21</v>
       </c>
       <c r="AH20" s="9">
         <v>610501</v>
       </c>
       <c r="AI20" t="s" s="8">
         <v>21</v>
       </c>
       <c r="AJ20" s="9">
         <v>47582</v>
       </c>
       <c r="AK20" t="s" s="8">
         <v>21</v>
       </c>
       <c r="AL20" s="9">
-        <v/>
+        <v>608662</v>
       </c>
       <c r="AM20" t="s" s="8">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="AN20" s="9">
-        <v/>
+        <v>47573</v>
       </c>
       <c r="AO20" t="s" s="8">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="AP20" s="9">
-        <v/>
+        <v>607007</v>
       </c>
       <c r="AQ20" t="s" s="8">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="AR20" s="9">
-        <v/>
+        <v>47035</v>
       </c>
       <c r="AS20" t="s" s="8">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="AT20" s="9">
-        <v/>
+        <v>605875</v>
       </c>
       <c r="AU20" t="s" s="8">
         <v>21</v>
       </c>
       <c r="AV20" s="9">
-        <v/>
+        <v>47349</v>
       </c>
       <c r="AW20" t="s" s="8">
         <v>21</v>
       </c>
     </row>
     <row r="21" spans="1:49">
       <c r="A21" t="s" s="8">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="B21" s="9">
         <v>23831</v>
       </c>
       <c r="C21" t="s" s="8">
         <v>21</v>
       </c>
       <c r="D21" s="9">
         <v/>
       </c>
       <c r="E21" t="s" s="8">
         <v>21</v>
       </c>
       <c r="F21" s="9">
         <v>23935</v>
       </c>
       <c r="G21" t="s" s="8">
         <v>21</v>
       </c>
       <c r="H21" s="9">
         <v/>
       </c>
       <c r="I21" t="s" s="8">
         <v>21</v>
       </c>
@@ -2514,89 +2517,89 @@
       <c r="AD21" s="9">
         <v>24968</v>
       </c>
       <c r="AE21" t="s" s="8">
         <v>21</v>
       </c>
       <c r="AF21" s="9">
         <v/>
       </c>
       <c r="AG21" t="s" s="8">
         <v>21</v>
       </c>
       <c r="AH21" s="9">
         <v>24890</v>
       </c>
       <c r="AI21" t="s" s="8">
         <v>21</v>
       </c>
       <c r="AJ21" s="9">
         <v/>
       </c>
       <c r="AK21" t="s" s="8">
         <v>21</v>
       </c>
       <c r="AL21" s="9">
-        <v/>
+        <v>24843</v>
       </c>
       <c r="AM21" t="s" s="8">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="AN21" s="9">
         <v/>
       </c>
       <c r="AO21" t="s" s="8">
         <v>21</v>
       </c>
       <c r="AP21" s="9">
-        <v/>
+        <v>24765</v>
       </c>
       <c r="AQ21" t="s" s="8">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="AR21" s="9">
         <v/>
       </c>
       <c r="AS21" t="s" s="8">
         <v>21</v>
       </c>
       <c r="AT21" s="9">
-        <v/>
+        <v>24692</v>
       </c>
       <c r="AU21" t="s" s="8">
         <v>21</v>
       </c>
       <c r="AV21" s="9">
         <v/>
       </c>
       <c r="AW21" t="s" s="8">
         <v>21</v>
       </c>
     </row>
     <row r="22" spans="1:49">
       <c r="A22" t="s" s="8">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B22" s="9">
         <v>89494</v>
       </c>
       <c r="C22" t="s" s="8">
         <v>21</v>
       </c>
       <c r="D22" s="9">
         <v>1451</v>
       </c>
       <c r="E22" t="s" s="8">
         <v>21</v>
       </c>
       <c r="F22" s="9">
         <v>89295</v>
       </c>
       <c r="G22" t="s" s="8">
         <v>21</v>
       </c>
       <c r="H22" s="9">
         <v>1454</v>
       </c>
       <c r="I22" t="s" s="8">
         <v>21</v>
       </c>
@@ -2663,89 +2666,89 @@
       <c r="AD22" s="9">
         <v>88703</v>
       </c>
       <c r="AE22" t="s" s="8">
         <v>21</v>
       </c>
       <c r="AF22" s="9">
         <v>1440</v>
       </c>
       <c r="AG22" t="s" s="8">
         <v>21</v>
       </c>
       <c r="AH22" s="9">
         <v>88573</v>
       </c>
       <c r="AI22" t="s" s="8">
         <v>21</v>
       </c>
       <c r="AJ22" s="9">
         <v>1444</v>
       </c>
       <c r="AK22" t="s" s="8">
         <v>21</v>
       </c>
       <c r="AL22" s="9">
-        <v/>
+        <v>88599</v>
       </c>
       <c r="AM22" t="s" s="8">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="AN22" s="9">
-        <v/>
+        <v>1445</v>
       </c>
       <c r="AO22" t="s" s="8">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="AP22" s="9">
-        <v/>
+        <v>88122</v>
       </c>
       <c r="AQ22" t="s" s="8">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="AR22" s="9">
-        <v/>
+        <v>1445</v>
       </c>
       <c r="AS22" t="s" s="8">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="AT22" s="9">
-        <v/>
+        <v>88216</v>
       </c>
       <c r="AU22" t="s" s="8">
         <v>21</v>
       </c>
       <c r="AV22" s="9">
-        <v/>
+        <v>1444</v>
       </c>
       <c r="AW22" t="s" s="8">
         <v>21</v>
       </c>
     </row>
     <row r="23" spans="1:49">
       <c r="A23" t="s" s="8">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="B23" s="9">
         <v>38032</v>
       </c>
       <c r="C23" t="s" s="8">
         <v>21</v>
       </c>
       <c r="D23" s="9">
         <v/>
       </c>
       <c r="E23" t="s" s="8">
         <v>21</v>
       </c>
       <c r="F23" s="9">
         <v>37985</v>
       </c>
       <c r="G23" t="s" s="8">
         <v>21</v>
       </c>
       <c r="H23" s="9">
         <v/>
       </c>
       <c r="I23" t="s" s="8">
         <v>21</v>
       </c>
@@ -2812,89 +2815,89 @@
       <c r="AD23" s="9">
         <v>38105</v>
       </c>
       <c r="AE23" t="s" s="8">
         <v>21</v>
       </c>
       <c r="AF23" s="9">
         <v/>
       </c>
       <c r="AG23" t="s" s="8">
         <v>21</v>
       </c>
       <c r="AH23" s="9">
         <v>38099</v>
       </c>
       <c r="AI23" t="s" s="8">
         <v>21</v>
       </c>
       <c r="AJ23" s="9">
         <v/>
       </c>
       <c r="AK23" t="s" s="8">
         <v>21</v>
       </c>
       <c r="AL23" s="9">
-        <v/>
+        <v>38053</v>
       </c>
       <c r="AM23" t="s" s="8">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="AN23" s="9">
         <v/>
       </c>
       <c r="AO23" t="s" s="8">
         <v>21</v>
       </c>
       <c r="AP23" s="9">
-        <v/>
+        <v>38041</v>
       </c>
       <c r="AQ23" t="s" s="8">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="AR23" s="9">
         <v/>
       </c>
       <c r="AS23" t="s" s="8">
         <v>21</v>
       </c>
       <c r="AT23" s="9">
-        <v/>
+        <v>37970</v>
       </c>
       <c r="AU23" t="s" s="8">
         <v>21</v>
       </c>
       <c r="AV23" s="9">
         <v/>
       </c>
       <c r="AW23" t="s" s="8">
         <v>21</v>
       </c>
     </row>
     <row r="24" spans="1:49">
       <c r="A24" t="s" s="8">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="B24" s="9">
         <v>96738</v>
       </c>
       <c r="C24" t="s" s="8">
         <v>21</v>
       </c>
       <c r="D24" s="9">
         <v/>
       </c>
       <c r="E24" t="s" s="8">
         <v>21</v>
       </c>
       <c r="F24" s="9">
         <v>96772</v>
       </c>
       <c r="G24" t="s" s="8">
         <v>21</v>
       </c>
       <c r="H24" s="9">
         <v/>
       </c>
       <c r="I24" t="s" s="8">
         <v>21</v>
       </c>
@@ -2961,89 +2964,89 @@
       <c r="AD24" s="9">
         <v>96200</v>
       </c>
       <c r="AE24" t="s" s="8">
         <v>21</v>
       </c>
       <c r="AF24" s="9">
         <v/>
       </c>
       <c r="AG24" t="s" s="8">
         <v>21</v>
       </c>
       <c r="AH24" s="9">
         <v>96091</v>
       </c>
       <c r="AI24" t="s" s="8">
         <v>21</v>
       </c>
       <c r="AJ24" s="9">
         <v/>
       </c>
       <c r="AK24" t="s" s="8">
         <v>21</v>
       </c>
       <c r="AL24" s="9">
-        <v/>
+        <v>95989</v>
       </c>
       <c r="AM24" t="s" s="8">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="AN24" s="9">
         <v/>
       </c>
       <c r="AO24" t="s" s="8">
         <v>21</v>
       </c>
       <c r="AP24" s="9">
-        <v/>
+        <v>96027</v>
       </c>
       <c r="AQ24" t="s" s="8">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="AR24" s="9">
         <v/>
       </c>
       <c r="AS24" t="s" s="8">
         <v>21</v>
       </c>
       <c r="AT24" s="9">
-        <v/>
+        <v>96023</v>
       </c>
       <c r="AU24" t="s" s="8">
         <v>21</v>
       </c>
       <c r="AV24" s="9">
         <v/>
       </c>
       <c r="AW24" t="s" s="8">
         <v>21</v>
       </c>
     </row>
     <row r="25" spans="1:49">
       <c r="A25" t="s" s="11">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="B25" s="12">
         <v>7783090</v>
       </c>
       <c r="C25" t="s" s="11">
         <v>21</v>
       </c>
       <c r="D25" s="12">
         <v>531964</v>
       </c>
       <c r="E25" t="s" s="11">
         <v>21</v>
       </c>
       <c r="F25" s="12">
         <v>7980662</v>
       </c>
       <c r="G25" t="s" s="11">
         <v>21</v>
       </c>
       <c r="H25" s="12">
         <v>555002</v>
       </c>
       <c r="I25" t="s" s="11">
         <v>21</v>
       </c>
@@ -3110,81 +3113,81 @@
       <c r="AD25" s="12">
         <v>7842466</v>
       </c>
       <c r="AE25" t="s" s="11">
         <v>21</v>
       </c>
       <c r="AF25" s="12">
         <v>562800</v>
       </c>
       <c r="AG25" t="s" s="11">
         <v>21</v>
       </c>
       <c r="AH25" s="12">
         <v>7830546</v>
       </c>
       <c r="AI25" t="s" s="11">
         <v>21</v>
       </c>
       <c r="AJ25" s="12">
         <v>562544</v>
       </c>
       <c r="AK25" t="s" s="11">
         <v>21</v>
       </c>
       <c r="AL25" s="12">
-        <v/>
+        <v>7801203</v>
       </c>
       <c r="AM25" t="s" s="11">
         <v>21</v>
       </c>
       <c r="AN25" s="12">
-        <v/>
+        <v>559264</v>
       </c>
       <c r="AO25" t="s" s="11">
         <v>21</v>
       </c>
       <c r="AP25" s="12">
-        <v/>
+        <v>7534561</v>
       </c>
       <c r="AQ25" t="s" s="11">
         <v>21</v>
       </c>
       <c r="AR25" s="12">
-        <v/>
+        <v>518250</v>
       </c>
       <c r="AS25" t="s" s="11">
         <v>21</v>
       </c>
       <c r="AT25" s="12">
-        <v/>
+        <v>7514363</v>
       </c>
       <c r="AU25" t="s" s="11">
         <v>21</v>
       </c>
       <c r="AV25" s="12">
-        <v/>
+        <v>515838</v>
       </c>
       <c r="AW25" t="s" s="11">
         <v>21</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="45">
     <mergeCell ref="A1:AW1"/>
     <mergeCell ref="A2:AW2"/>
     <mergeCell ref="A3:AW3"/>
     <mergeCell ref="A4:AW4"/>
     <mergeCell ref="A5:AW5"/>
     <mergeCell ref="A6:AW6"/>
     <mergeCell ref="A7:AW7"/>
     <mergeCell ref="A8:A9"/>
     <mergeCell ref="B8:E8"/>
     <mergeCell ref="F8:I8"/>
     <mergeCell ref="J8:M8"/>
     <mergeCell ref="N8:Q8"/>
     <mergeCell ref="R8:U8"/>
     <mergeCell ref="V8:Y8"/>
     <mergeCell ref="Z8:AC8"/>
     <mergeCell ref="AD8:AG8"/>
     <mergeCell ref="AH8:AK8"/>
     <mergeCell ref="AL8:AO8"/>